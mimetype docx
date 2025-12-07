--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -1,815 +1,863 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00696DDE" w:rsidRPr="00E141A9" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00696DDE" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Информационное письмо</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00696DDE" w:rsidRPr="00E141A9" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00696DDE" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF5A86" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00DF5A86" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>о проведении курсов по повышению уровня</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00696DDE" w:rsidRPr="00E141A9" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00696DDE" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>квалификации преподавателей</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00696DDE" w:rsidRPr="00E141A9" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00696DDE" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Основы создания образовательного анимационного видео контента»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00696DDE" w:rsidRPr="00E141A9" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00696DDE" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A05729" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00A05729" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Для изучения передового опыта и поддержки научно-исследовательской работы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> связанной с организацией учебного процесса и совершенствованием его элементов, организуются курсы по повышению уровня квалификации преподавателей </w:t>
       </w:r>
-      <w:r w:rsidR="00A05729">
+      <w:r w:rsidR="00A05729" w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">по теме </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A05729">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«Основы создания образовательного анимационного видео контента»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (свидетельство об авторских правах </w:t>
       </w:r>
-      <w:r w:rsidR="00A05729">
+      <w:r w:rsidR="00A05729" w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№ 17799 от 21.05.2021 г. в приложении 1).</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF5A86" w:rsidRPr="00E141A9" w:rsidRDefault="00696DDE" w:rsidP="00DF5A86">
+    <w:p w:rsidR="00DF5A86" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00DF5A86">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Педагоги получают знания по циклу анимационного видео производства, а также знания по охране и защите обьектов, охраняемых авторским правом, кроме того навыки дикторского мастерства. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Выполняя самостоятельные работы слушатель создает авторский образовательный анимационный видео материал. </w:t>
       </w:r>
-      <w:r w:rsidR="00DF5A86" w:rsidRPr="00E141A9">
+      <w:r w:rsidR="00DF5A86" w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Записи занятий и доступы к видео материалам сохраняются. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A05729" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00A05729" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Для выпускников курса осуществляется </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>посткурсовая</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> поддержка по техническим вопросам. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00537D90" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00537D90" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Приглашаем </w:t>
       </w:r>
-      <w:r w:rsidR="00537D90" w:rsidRPr="00537D90">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidR="00537D90" w:rsidRPr="00291E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профессорско-преподавательский состав вузов, учителей школ и колледжей, магистрантов и докторантов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00537D90" w:rsidRDefault="00537D90" w:rsidP="00537D90">
+    <w:p w:rsidR="00537D90" w:rsidRPr="00291E36" w:rsidRDefault="00537D90" w:rsidP="00537D90">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C8385A" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00C8385A" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Дата проведения: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E141A9">
-[...9 lines deleted...]
-    <w:p w:rsidR="00696DDE" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+      <w:r w:rsidR="00291E36" w:rsidRPr="00291E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0A10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00291E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00291E36" w:rsidRPr="00291E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ноября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00291E36" w:rsidRPr="00291E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00291E36" w:rsidRPr="00291E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>декабря</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 год. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696DDE" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Стоимость обучения: </w:t>
       </w:r>
-      <w:r w:rsidR="00C8385A">
+      <w:r w:rsidR="00C8385A" w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">80 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C8385A">
+      <w:r w:rsidR="00C8385A" w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ак.час</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C8385A">
+      <w:r w:rsidR="00C8385A" w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>15 000 тенге</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C8385A" w:rsidRPr="00E141A9" w:rsidRDefault="00C8385A" w:rsidP="00696DDE">
+    <w:p w:rsidR="00C8385A" w:rsidRPr="00291E36" w:rsidRDefault="00C8385A" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C8385A" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00C8385A" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Формат занятий:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> видео инструкции + онлайн занятия. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E24E1" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="004E24E1" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Предусматривается раздаточный материал. Техническая поддержка. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E24E1" w:rsidRDefault="004E24E1" w:rsidP="00696DDE">
+    <w:p w:rsidR="004E24E1" w:rsidRPr="00291E36" w:rsidRDefault="004E24E1" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00696DDE" w:rsidRPr="00E141A9" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00696DDE" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Преподаватели курса:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00696DDE" w:rsidRPr="00E141A9" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00696DDE" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DF5A86">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Боромбаева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DF5A86">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DF5A86">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ырысты</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DF5A86">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DF5A86">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Мейратбековна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - магистр экономических наук, преподаватель по </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>видеоскрайбингу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, сертифицированный специалист по созданию анимационного видео.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00696DDE" w:rsidRPr="00E141A9" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00696DDE" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF5A86">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Абраменко Александр Павлович</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - магистр, патентный поверенный Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00696DDE" w:rsidRPr="00E141A9" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
+    <w:p w:rsidR="00696DDE" w:rsidRPr="00291E36" w:rsidRDefault="00696DDE" w:rsidP="00696DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DF5A86">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Айтымова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DF5A86">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Светлана Николаевна</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E141A9">
+      <w:r w:rsidRPr="00291E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - педагог по дикторскому мастерству, преподаватель международной школы радиоведущих ФШР. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B1521" w:rsidRDefault="005B1521">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="005B1521" w:rsidRPr="00291E36" w:rsidRDefault="005B1521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00291E36" w:rsidRPr="00291E36" w:rsidRDefault="00BA0A10">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidRPr="004F1B6E">
+        <w:r w:rsidR="00291E36" w:rsidRPr="00291E36">
           <w:rPr>
             <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>https://ido.ppu.edu.kz/ru/qualification/schools?page=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="007D5D71" w:rsidRDefault="00042C35">
-[...23 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="007D5D71" w:rsidRPr="00291E36" w:rsidRDefault="00042C35">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+7 (7182) 65-16-13 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00042C35" w:rsidRPr="00291E36" w:rsidRDefault="00BA0A10">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00903843">
+        <w:r w:rsidR="00042C35" w:rsidRPr="00291E36">
           <w:rPr>
             <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>ido.pgpu_306@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00042C35">
+    </w:p>
+    <w:sectPr w:rsidR="00042C35" w:rsidRPr="00291E36">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -818,58 +866,60 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00715BA8"/>
     <w:rsid w:val="00042C35"/>
+    <w:rsid w:val="00291E36"/>
     <w:rsid w:val="004E24E1"/>
     <w:rsid w:val="00537D90"/>
     <w:rsid w:val="005B1521"/>
     <w:rsid w:val="00696DDE"/>
     <w:rsid w:val="00715BA8"/>
     <w:rsid w:val="007D5D71"/>
     <w:rsid w:val="00954B9A"/>
     <w:rsid w:val="00A05729"/>
+    <w:rsid w:val="00BA0A10"/>
     <w:rsid w:val="00C8385A"/>
     <w:rsid w:val="00D2472C"/>
     <w:rsid w:val="00DB74DA"/>
     <w:rsid w:val="00DF5A86"/>
     <w:rsid w:val="00E141A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>